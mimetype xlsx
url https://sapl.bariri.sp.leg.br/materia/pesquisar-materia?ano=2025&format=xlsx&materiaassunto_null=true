--- v0 (2025-12-23)
+++ v1 (2026-02-08)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4682" uniqueCount="1946">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5290" uniqueCount="2169">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -6184,50 +6184,59 @@
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4164/parecer_103.2025-ref._pll.43.2025.pdf</t>
   </si>
   <si>
     <t>PARECER N° 103/2025 - OBJETO: Projeto de Lei n° 43/2025, de autoria da Mesa da Câmara.</t>
   </si>
   <si>
     <t>4165</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4165/parecer_104.2025-ref._ple.63.2025.pdf</t>
   </si>
   <si>
     <t>PARECER N° 104/2025 - ОВJЕТО: Projeto de Lei n° 63/2025, de autoria do Senhor Prefeito Municipal.</t>
   </si>
   <si>
     <t>4166</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4166/parecer_106.2025-ref._pll.42.2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 106/2025 - OBJETO: Projeto de Lei nº 42/2025, de autoria do vereador Rubens Pereira dos Santos.</t>
   </si>
   <si>
+    <t>4254</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4254/parecer_107.2025-ref._ple.64.2025.pdf</t>
+  </si>
+  <si>
+    <t>PARECER Nº 107/2025 - OBJETO: Projeto de Lei nº 64/2025, de autoria do Prefeito Municipal</t>
+  </si>
+  <si>
     <t>4167</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4167/parecer_109.2025-ref._pll.44.2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 109/2025 - OBJETO: Projeto de Lei nº 44/2025, de autoria do Vereador Daniel Oliveira Rodrigues.</t>
   </si>
   <si>
     <t>4168</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4168/parecer_110.2025-ref._pll.45.2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 110/2025 - OBJETO: Projeto de Lei nº 45/2025, de autoria do Vereador Paulo Fernando Crepaldi.</t>
   </si>
   <si>
     <t>4169</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4169/parecer_111.2025-ref._ple.55.2025-loa.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO E PARECER nº 111/2025 DAS COMISSÕES PERMANENTES - (LOA — 2026)</t>
@@ -6251,50 +6260,710 @@
     <t>PARECER Nº 113/2025 - OBJETO: Veto parcial do Prefeito Municipal ao projeto de lei nº 33/2025 — autógrafo nº 67/2025.</t>
   </si>
   <si>
     <t>4172</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4172/parecer_114.2025-ref._pll.25.2025.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 114/2025 - OBJETO: Projeto de Lei nº 025/2025, de autoria vereador Francisco Leandro Gonzalez - Avante</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/emenda_01.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 1°, § 1° do projeto de resolução n° 02/2025, de autoria da Mesa da Câmara</t>
+  </si>
+  <si>
+    <t>4173</t>
+  </si>
+  <si>
+    <t>Em Im</t>
+  </si>
+  <si>
+    <t>Emenda Impositiva</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4173/emenda_imp._01.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se emendas para a EMEF Prof.º Julieta Rago Foloni para aquisição de aparelhos de televisão e quadro branco.</t>
+  </si>
+  <si>
+    <t>4174</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4174/emenda_imp._02.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para custeio - Associação Cultural Quilombo de Bariri.</t>
+  </si>
+  <si>
+    <t>4175</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4175/emenda_imp._03.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se a obras de reforma para conservação predial - Centro de Prom. Soc. da Paroquia N.S das Dores de Bariri.</t>
+  </si>
+  <si>
+    <t>4176</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4176/emenda_imp._04.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a Associação Fios de Afeto para manutenção dos serviços voltados ao artesanato e gastronomia.</t>
+  </si>
+  <si>
+    <t>4177</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4177/emenda_imp._05.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se emendas para a EMEF Profª. Angela Maria Prearo Fortunato para manutenção predial.</t>
+  </si>
+  <si>
+    <t>4178</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4178/emenda_imp._06.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Associação Esporte Clube Arrudão.</t>
+  </si>
+  <si>
+    <t>4179</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4179/emenda_imp._07.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para a construção do Centro de Especializado da Casa do Autista - APAE Associação de Pais e Amigos dos Excepcionais de Bariri.</t>
+  </si>
+  <si>
+    <t>4180</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_imp._08.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Creche Marina Budin para manutenção predial.</t>
+  </si>
+  <si>
+    <t>4181</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4181/emenda_imp._09.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para o museu Mário Fava para manutenção dos serviços voltados a cultura e turismo.</t>
+  </si>
+  <si>
+    <t>4182</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4182/emenda_imp._10.2025_-_laudenir_leonel.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para manutenção predial - Irmandade da Santa Casa de Misericórdia de Bariri.</t>
+  </si>
+  <si>
+    <t>4183</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4183/emenda_imp._11.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>4184</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4184/emenda_imp._12.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a EMEF Prof. Julieta Rago Foloni para custeio.</t>
+  </si>
+  <si>
+    <t>4185</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4185/emenda_imp._13.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Creche Carmen Sola Modolin Aquilante para compra de armários e brinquedos.</t>
+  </si>
+  <si>
+    <t>4186</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4186/emenda_imp._14.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>4187</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4187/emenda_imp._15.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a AFAPABI - Associação Francisco de Assis Protetora dos Animais de Bariri.</t>
+  </si>
+  <si>
+    <t>4188</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4188/emenda_imp._16.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a EMEI 4 Prof.º Yone Belluzzo Foloni para aquisição de portões de ferro.</t>
+  </si>
+  <si>
+    <t>4189</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4189/emenda_imp._17.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Creche Marina Budin para compra de equipamentos e carteiras do refeitório.</t>
+  </si>
+  <si>
+    <t>4190</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4190/emenda_imp._18.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>4191</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4191/emenda_imp._19.2025_-_daniel_oliveira_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Amigos do Livra, para serviços voltados ao esporte e lazer.</t>
+  </si>
+  <si>
+    <t>4192</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4192/emenda_imp._20.2025_-_roni_paulo_romao.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se emenda para Vigilância Epidemiológica de Bariri para a aquisição de um veículo tipo van, exclusivamente para saúde animal (Unidade Móvel de Saúde Animal).</t>
+  </si>
+  <si>
+    <t>4193</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4193/emenda_imp._21.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>4194</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4194/emenda_imp._22.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>4195</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4195/emenda_imp._23.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Associação Esporte Clube Arrudão para compra de materiais e manutenção predial.</t>
+  </si>
+  <si>
+    <t>4196</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4196/emenda_imp._24.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a EMEI VI Prof.º Mirna Aparecida Marino Fischer para troca de areia do parque infantil.</t>
+  </si>
+  <si>
+    <t>4197</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4197/emenda_imp._25.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se emendas para a EMEF Prof.º Rosa Benatti para compra de aparelhos de ar condicionado.</t>
+  </si>
+  <si>
+    <t>4198</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_imp._26.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a EMEI 1 Prof.º Laura de Almeida Kronka para compra de aparelhos de ar condicionado.</t>
+  </si>
+  <si>
+    <t>4199</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_imp._27.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para a construção do Centro de Especializado da Casa do Autista - APAE Associação de País e Amigos dos Excepcionais de Bariri.</t>
+  </si>
+  <si>
+    <t>4200</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4200/emenda_imp._28.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a Creche Carmen Sola Modolin Aquilante para aquisição de brinquedos pedagógicos.</t>
+  </si>
+  <si>
+    <t>4201</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4201/emenda_imp._29.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>4202</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4202/emenda_imp._30.2025_-_aline_mazo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para manutenção predial - Irmandade da Santa Casa de Misericórdia de Bariri, no valor de R$ 65.085,27.</t>
+  </si>
+  <si>
+    <t>4203</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4203/emenda_imp._31.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para a construção do Centro de Especializado da Casa do Autista - APAE Associação de Pais e Amigos dos Excepcionais de Bariri, no valor de R$ 85.085,27.</t>
+  </si>
+  <si>
+    <t>4204</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4204/emenda_imp._32.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para compra de materiais, reforma, consumo e aquisição de uniformes padronizados, reformas de clarins, materiais de apoio como tecidos, botões, etc., no valor de R$ 24.180,87.</t>
+  </si>
+  <si>
+    <t>4205</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4205/emenda_imp._33.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para equipamentos de salvamento - Corpo de Bombeiros de Bariri, no valor de R$ 24.180,87.</t>
+  </si>
+  <si>
+    <t>4206</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4206/emenda_imp._34.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Composição da folha de pagamento - Centro de Prom. Soc. da Paroquia N.S das Dores de Bariri, no valor de R$ 24.180,87.</t>
+  </si>
+  <si>
+    <t>4207</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_imp._35.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Recursos Humanos - Creche Madre Leonia, no valor de R$ 24.180,87.</t>
+  </si>
+  <si>
+    <t>4208</t>
+  </si>
+  <si>
+    <t>Repasse para Associação Educarte de Bariri, no valor de R$ 24.180,87.</t>
+  </si>
+  <si>
+    <t>4209</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4209/emenda_imp._37.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a entidade Lar Vicentino de Bariri visando proporcionar a saúde e bem estar dos idosos, no valor de R$ 50.000,00.</t>
+  </si>
+  <si>
+    <t>4210</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4210/emenda_imp._38.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a Associação Lar, Amor e Vida, no valor de R$ 24.180,87.</t>
+  </si>
+  <si>
+    <t>4211</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4211/emenda_imp._39.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a Associação Cultural Quilombo de Bariri, no valor de R$ 40.000,00.</t>
+  </si>
+  <si>
+    <t>4212</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4212/emenda_imp._40.2025_-_ricardo_prearo.pdf</t>
+  </si>
+  <si>
+    <t>Repasse destinado para reforma e conservação predial - Irmandade da Santa Casa de Misericórdia de Bariri, no valor de R$ 50.000,00.</t>
+  </si>
+  <si>
+    <t>4213</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4213/emenda_imp._41.2025_-_francisco_leandro_gonzalez.pdf</t>
+  </si>
+  <si>
+    <t>O recurso será destinado para o custeio das atividades da Associação Esporte Clube Arrudão em nosso município, no valor de R$ 25.085,27.</t>
+  </si>
+  <si>
+    <t>4214</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4214/emenda_imp._42.2025_-_francisco_leandro_gonzalez.pdf</t>
+  </si>
+  <si>
+    <t>O recurso será destinado para o custeio dos serviços socioassistenciais e socioeducativos para crianças e adolescentes e prioritariamente as famílias de vulnerabilidade e risco do município, no valor de R$ 60.000,00.</t>
+  </si>
+  <si>
+    <t>4215</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4215/emenda_imp._43.2025_-_francisco_leandro_gonzalez.pdf</t>
+  </si>
+  <si>
+    <t>O recurso objetiva auxiliar na manutenção da Santa Casa de Bariri, no valor de R$ 161.695,09.</t>
+  </si>
+  <si>
+    <t>4216</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4216/emenda_imp._44.2025_-_francisco_leandro_gonzalez.pdf</t>
+  </si>
+  <si>
+    <t>O recurso será destinado para o custeio dos serviços da entidade - Lar Vicentino, no valor de R$ 61.695,09.</t>
+  </si>
+  <si>
+    <t>4217</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4217/emenda_imp._45.2025_-_francisco_leandro_gonzalez.pdf</t>
+  </si>
+  <si>
+    <t>O recurso será destinado para o custeio dos serviços da entidade - Associação de Assis Protetora dos Animais de Bariri- AFAPAB, no valor de R$ 61.695,09.</t>
+  </si>
+  <si>
+    <t>4218</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4218/emenda_imp._46.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para custeio - Creche Madre Leonia, no valor de R$ 25.000,00.</t>
+  </si>
+  <si>
+    <t>4219</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4219/emenda_imp._47.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para EMEF Prof.º Joseane Bianco para fomentar a feira anual, pintura e manutenção predial, no valor de R$ 25.085,27.</t>
+  </si>
+  <si>
+    <t>4220</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4220/emenda_imp._48.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para custeio - Corpo de Bombeiros de Bariri, no valor de R$ 25.000,00.</t>
+  </si>
+  <si>
+    <t>4221</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4221/emenda_imp._49.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para EMEF Prefeito Modesto Masson para readequação da rede elétrica e manutenção predial, no valor de R$ 35.000,00.</t>
+  </si>
+  <si>
+    <t>4222</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4222/emenda_imp._50.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para compra de materiais, reforma, consumo e aquisição de uniformes padronizados, reformas de clarins, materiais de apoio como tecidos, botões, etc. - Banda Marcial Alexandre Giuliano Gallo, no valor de R$ 15.000,00.</t>
+  </si>
+  <si>
+    <t>4223</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4223/emenda_imp._51.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para custeio - Associação dos Amigos do Museu Mario Fava de Bariri, no valor de R$ 20.000,00.</t>
+  </si>
+  <si>
+    <t>4224</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4224/emenda_imp._52.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para custeio - Lar Vicentino, no valor de R$ 25.000,00.</t>
+  </si>
+  <si>
+    <t>4225</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4225/emenda_imp._53.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para fundo emergencial para medicamentos - Diretoria de Saúde — Atenção Básica, no valor de R$ 130.085,27.</t>
+  </si>
+  <si>
+    <t>4226</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4226/emenda_imp._54.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para compra de computadores - Diretoria de Administração Pública, no valor de R$ 40.000,00.</t>
+  </si>
+  <si>
+    <t>4227</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4227/emenda_imp._55.2025_-_priscila_domingos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para a construção do Centro de Especializado da Casa do Autista - APAE Associação de Pais e Amigos dos Excepcionais de Bariri, no valor de R$ 30.000,00.</t>
+  </si>
+  <si>
+    <t>4228</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4228/emenda_imp._56.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para custeio - APAE Associação de Pais e Amigos dos Excepcionais de Bariri, no valor de R$ 28.361,00.</t>
+  </si>
+  <si>
+    <t>4229</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4229/emenda_imp._57.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para custeio - Irmandade da Santa Casa de Misericórdia de Bariri, no valor de R$ 100.000,00.</t>
+  </si>
+  <si>
+    <t>4230</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4230/emenda_imp._58.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para custeio - Lar Vicentino, no valor de R$ 28.363,27.</t>
+  </si>
+  <si>
+    <t>4231</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4231/emenda_imp._59.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para custeio - AFAPABI - Associação Francisco de Assis Protetora dos Animais de Bariri, no valor de R$ 28.361,00.</t>
+  </si>
+  <si>
+    <t>4232</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4232/emenda_imp._60.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a Associação Fios de Afeto para manutenção dos serviços voltados ao artesanato e gastronomia, no valor de R$ 20.000,00.</t>
+  </si>
+  <si>
+    <t>4233</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_imp._61.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para reforma do Centro Esportivo Filengão - Amigos do Livra, no valor de R$ 20.000,00.</t>
+  </si>
+  <si>
+    <t>4240</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4240/emenda_imp._62.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para custeio - Grupo Escoteiro Bariry, no valor de R$ 25.085,27.</t>
+  </si>
+  <si>
+    <t>4241</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4241/emenda_imp._63.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Amigos do Livra, para serviços voltados ao esporte e lazer, no valor de R$ 20.000,00.</t>
+  </si>
+  <si>
+    <t>4242</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4242/emenda_imp._64.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para compra de nova viatura - Corpo de Bombeiros de Bariri, no valor de R$ 80.000,00.</t>
+  </si>
+  <si>
+    <t>4243</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4243/emenda_imp._65.2025_-rubens_pereira_dos_santos.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para a Associação Lar, Amor e Vida, no valor de R$ 20.000,00.</t>
+  </si>
+  <si>
+    <t>4244</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4244/emenda_imp._66.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para compra de viatura - Corpo de Bombeiros de Bariri, no valor de R$ 20.000,00.</t>
+  </si>
+  <si>
+    <t>4245</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4245/emenda_imp._66.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para a construção do Centro de Especializado da Casa do Autista - APAE Associação de Pais e Amigos dos Excepcionais de Bariri, no valor de R$ 80.000,00.</t>
+  </si>
+  <si>
+    <t>4246</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4246/emenda_imp._68.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para o Centro de Promoção Social - Centro de Prom. Soc. da Paroquia N.S das Dores de Bariri, no valor de R$ 30.000,00.</t>
+  </si>
+  <si>
+    <t>4247</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4247/emenda_imp._69.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para o museu Mário Fava para manutenção dos serviços voltados a cultura e turismo, no valor de R$ 15.085,27.</t>
+  </si>
+  <si>
+    <t>4248</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4248/emenda_imp._70.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Recursos Humanos - Creche Madre Leonia, no valor de R$ 60.000,00.</t>
+  </si>
+  <si>
+    <t>4249</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4249/emenda_imp._71.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a Academia Baririense de Letras e Artes - ABLA visando proporcionar a cultura, no valor de R$ 10.000,00.</t>
+  </si>
+  <si>
+    <t>4250</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4250/emenda_imp._72.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Associação Esporte Clube Arrudão, no valor de R$ 25.000,00.</t>
+  </si>
+  <si>
+    <t>4251</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4251/emenda_imp._73.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Destina-se para manutenção predial - Irmandade da Santa Casa de Misericórdia de Bariri, no valor de R$ 50.000,00.</t>
+  </si>
+  <si>
+    <t>4252</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4252/emenda_imp._74.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse a entidade Lar Vicentino de Bariri visando proporcionar a saúde e bem estar dos idosos, no valor de R$ 55.085,27.</t>
+  </si>
+  <si>
+    <t>4253</t>
+  </si>
+  <si>
+    <t>https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4253/emenda_imp._75.2025_-_paulo_fernando_crepaldi.pdf</t>
+  </si>
+  <si>
+    <t>Repasse para Amigos do Livra, para serviços voltados ao esporte e lazer, no valor de R$ 25.000,00.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6598,67 +7267,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/indicacao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/indicacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/indicacao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/indicacao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/indicacao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/indicacao_10.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3640/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3643/indicacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3644/indicacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3645/indicacao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_20.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_22.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/indicacao_23.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/indicacao_24.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3696/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_28.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/indicacao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/indicacao_30.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/indicacao_31.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_32.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_33.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/indicacao_34.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3705/indicacao_35.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/indicacao_36.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/indicacao_37.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/indicacao_38.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/indicacao_39.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/indicacao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/indicacao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_43.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_44.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_45.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_46.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/indicacao_47.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/indicacao_48.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/indicacao_49.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3720/indicacao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3721/indicacao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3722/indicacao_52.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3723/indicacao_53.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3724/indicacao_54.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3725/indicacao_55.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3726/indicacao_56.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/indicacao_57.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacao_58.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/indicacao_59.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/indicacao_60.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/indicacao_61.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_62.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3802/indicacao_63.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_64.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_65.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/indicacao_66.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/indicacao_67.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3849/indicacao_68.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3850/indicacao_69.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/indicacao_70.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_71.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3851/indicacao_72.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3852/indicacao_73.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/indicacao_74.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3859/indicacao_75.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/indicacao_76.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/indicacao_77.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/indicacao_78.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/indicacao_79.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/indicacao_80.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_81.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_82.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_83.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_84.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/indicacao_85.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/indicacao_86.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_87.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3909/indicacao_88.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3910/indicacao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_90.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_91.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_92.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_93.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/indicacao_94.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/indicacao_95.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_96.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/indicacao_98.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/indicacao_99.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_100.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_101.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/indicacao_102.2025_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3971/indicacao_103.2025_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/indicacao_104.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_105.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3993/indicacao_106.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_107.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_108.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_109.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4103/indicacao_110.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4104/indicacao_111.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4105/indicacao_112.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4106/indicacao_113.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_114.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_115.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4139/indicacao_116.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_117.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/mocao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/mocao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/mocao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/mocao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/mocao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/mocao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/mocao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/mocao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/mocao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/mocao_10.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/mocao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/mocao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/mocao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/mocao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/mocao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/mocao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/mocao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/mocao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/mocao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/mocao_20.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/mocao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/mocao_22.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3745/mocao_23.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/mocao_24.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/mocao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/mocao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/mocao_27.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/mocao_28.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/mocao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/mocao_31.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/mocao_32.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/mocao_33.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3832/mocao_34.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3833/mocao_35.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3834/mocao_36.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3835/mocao_37.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3836/mocao_38.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3837/mocao_39.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3838/mocao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3839/mocao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3840/mocao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/mocao_43.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/mocao_44.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/mocao_45.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/mocao_46.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/mocao_47.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/mocao_48.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/mocao_49.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/mocao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/mocao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/mocao_52.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/mocao_53.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3891/mocao_54.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3892/mocao_55.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3893/mocao_56.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3894/mocao_57.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3895/mocao_58.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/mocao_59.2025_0001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/mocao_60.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/mocao_61.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/mocao_62.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/mocao_63.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3911/mocao_64.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/mocao_65.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3932/mocao_66.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3933/mocao_67.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3934/mocao_68.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/mocao_69.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3957/mocao_70.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/mocao_71.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/mocao_72.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4084/mocao_73.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4085/mocao_74.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4086/mocao_75.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4087/mocao_76.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4088/mocao_77.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4093/mocao_79.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4107/mocao_80.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4108/mocao_81.2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4109/mocao_82.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4110/mocao_83.2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4111/mocao_84.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4141/mocao_85.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4142/mocao_86.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4143/mocao_87.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4144/mocao_88.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4145/mocao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4146/mocao_90.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4147/mocao_91.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4148/mocao_92.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4149/mocao_93.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4150/mocao_94.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/pdl_01.2025-cidadao_baririense_roberto_a._lucena.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/pdl_02.2025-cidada_baririense_dinora_musegante.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3912/pdl_03.2025-premio_zumbi.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/p.e.l.o.m_01-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/ple_01.2025-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/ple_02.2025-altera_lei_4565.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/ple_03.2025-altera_lei_4565.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3590/ple_04.2025-revisao_anual.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3591/ple_05.2025-altera_lei_3801.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/ple_06.2025-nova_redacao_lei_2818.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/ple_07.2025-.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/ple_08.2025-.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/ple_09.2025-.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/ple_10.2025-.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/ple_11.2025-.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/ple_12.2025-.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/ple_13.2025-.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/ple_14.2025-.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/ple_15.2025-.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/ple_16.2025-.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3665/ple_17.2025-.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3666/ple_18-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3667/ple_19-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/ple_20-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/ple_21-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/ple_22.2025-credtido_especial.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/ple_23-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/ple_24-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/ple_26-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/ple_27-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/ple_28-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3841/ple_29-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3842/ple_30-2025-ldo_2026_anexos.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3843/ple_31-2025-ppa_anexos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3844/ple_32-2025-.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/ple_33-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/ple_34-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/ple_35-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/ple_36-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/ple_37-2025-ppps.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/ple_38-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/ple_39-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/ple_40-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/ple_41-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/ple_42-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/ple_43-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/ple_44-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/ple_45-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/ple_46-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/ple_47-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/ple_48-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/ple_49-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/ple_50.2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3977/ple_51-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/ple_52-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/ple_53-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/ple_54-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/ple_55-2025-loa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/ple_56-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3985/ple_57-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4077/ple_58-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4076/ple_59-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4078/ple_60-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4112/ple_61-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4113/ple_62-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4114/ple_63-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4115/ple_64-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4135/ple_65-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/pll_01.2025-.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/pll_02.2025-.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pll_03.2025-.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pll_04.2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pll_05.2025-.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3668/pll_06-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/pll_07-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3670/pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/pll_09-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/pll_10-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3754/pll_11-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/pll_12-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/pll_13-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3757/pll_14-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/pll_15-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/pll_16-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/pll_17-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/pll_18-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/pll_19-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/pll_20-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/pll_21-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/pll_22-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/pll_23-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/pll_24-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3867/pll_25-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/pll_26-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/pll_27-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3913/pll_28-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/pll_29-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/pll_30-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/pll_31.2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/pll_32.2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pll_33.2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pll_34.2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/pll_35.2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/pll_36.2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3966/pll_37.2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3973/pll_38.2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/pll_39.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4079/pll_40.2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4080/pll_41.2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4116/pll_42.2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4117/pll_43.2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4118/pll_44.2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4119/pll_45.2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4136/pll_46.2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pr_01_2025-.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pr_02_2025-.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/pr_03_2025-.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/pr_04_2025-.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/pr_05_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/req_01.2025-.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/req_02.2025-.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/req_03.2025-.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3611/req_04.2025-.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/req_05.2025-.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3613/req_06.2025-.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3614/req_07.2025-.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3615/req_08.2025-.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/req_09.2025-.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/req_10.2025-.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/req_11.2025-.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/req_12.2025-.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/req_13.2025-.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/req_14.2025-.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/req_15.2025-.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/req_16.2025-.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/req_17.2025-.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/req_18.2025-.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/req_19.2025-.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/req_20.2025-.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/req_21.2025-.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/req_22.2025-.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/req_23.2025-.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/req_25.2025-.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/req_26.2025-.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/req_27.2025-.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/req_28.2025-.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3661/req_29.2025-.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3662/req_30.2025-.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3663/req_31.2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/req_32.2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/req_33.2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/req_34.2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/req_35.2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/req_36.2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/req_37.2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/req_38.2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/req_39.2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/req_40.2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/req_41.2025-.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/req_42.2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/req_43.2025-.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/req_44.2025-.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/req_45.2025-.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/req_46.2025-.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/req_47.2025-.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3766/req_48.2025-.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/req_49.2025-.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/req_50.2025-.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/req_51.2025-.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/req_52.2025-.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/req_53.2025-.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/req_54.2025-.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/req_56.2025-.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/req_57.2025-.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/req_58.2025-.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/req_59.2025-.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/req_60.2025-.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/req_61.2025-.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/req_62.2025-.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/req_63.2025-.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/req_64.2025-.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/req_65.2025-.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/req_66.2025-.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/req_67.2025-.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/req_68.2025-.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3788/req_69.2025-.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3789/req_70.2025-.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3790/req_71.2025-.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3791/req_72.2025-.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3792/req_73.2025-.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/req_74.2025-.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/req_75.2025-.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/req_76.2025-.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/req_77.2025-.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/req_78.2025-.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/req_79.2025-.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/req_80.2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/req_81.2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/req_82.2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/req_83.2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/req_84.2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/req_85.2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/req_86.2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3827/req_87.2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3846/req_88.2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/req_89.2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3848/req_90.2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/req_92.2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/req_93.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3902/req_94.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3903/req_95.2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3904/req_96.2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/req_97.2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3914/req_98.2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/req_99.2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/req_100.2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/req_101.2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/req_102.2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/req_103.2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/req_104.2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/req_105.2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/req_106.2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/req_107.2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/req_108.2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/req_109.2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/req_110.2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/req_111.2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/req_112.2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/req_113.2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3999/req_115.2025-retira_pll.26.2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3975/req_116.2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3976/req_117.2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/req_118.2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/req_119.2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3986/req_120.2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/req_121.2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/req_122.2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/req_123.2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/req_124.2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/req_125.2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3997/req_126.2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3998/req_127.2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4094/req_129.2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4095/req_130.2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4096/req_131.2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4097/req_132.2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4098/req_133.2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4099/req_134.2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4100/req_135.2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4101/req_136.2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4102/req_137.2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4120/req_138.2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4121/req_139.2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4122/req_140.2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4123/req_141.2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4124/req_142.2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4125/req_144.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4126/req_145.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4127/req_146.2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4128/req_147.2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4151/req_148.2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4152/req_149.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4153/req_150.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4154/req_151.2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4091/veto_01_pll_01-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4089/veto_02_pll_28-2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4090/veto_03_pll_29-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4129/veto_04_pll_37-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4130/veto_05_pll_33-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3967/parecer_01.2025-ref._ple01.2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4000/parecer_02.2025-ref._ple.03.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4001/parecer_03.2025-ref._ple.04.2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/parecer_04.2025-ref._ple.05.2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/parecer_05.2025-ref._ple.07.2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/parecer_06.2025-ref._ple.15.2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/parecer_07.2025-ref._ple.16.2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/parecer_08.2025-ref._pll.01.2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/parecer_09.2025-ref._pll.02.2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/parecer_10.2025-ref._pll.03.2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/parecer_11.2025-ref._pr.01.2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/parecer_12.2025-ref._pr.02.2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/parecer_13.2025-ref._ple.09.2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_14.2025-ref._pll.04.2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/parecer_15.2025-ref._ple.06.2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_17.2025-ref._ple.10.2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_18.2025-ref._ple.08.2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_19.2025-ref._ple.11.2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/parecer_20.2025-ref._ple.14.2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/parecer_21.2025-ref._ple.13.2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/parecer_22.2025-ref._ple.18.2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/parecer_23.2025-ref._pll08.2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/parecer_24.2025-ref._ple.19.2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/parecer_25.2025-ref._pll.10.2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/parecer_26.2025-ref._pll.11.2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4075/parecer_27.2025-ref._ple.20.2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/parecer_28.2025-ref._ple.21.2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4021/parecer_29.2025-ref._plce.01.2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4022/parecer_30.2025-ref._pdl.01.2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/parecer_31.2025-ref._pll.14.2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4023/parecer_32.2025-ref._pll.17.2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4024/parecer_33.2025-ref._pll.16.2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4025/parecer_34.2025-ref._pll.18.2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/parecer_36.2025-ref._ple.25.2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4027/parecer_37.2025-ref.ple.26.2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/parecer_38.2025-ref._ple.27.2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/parecer_39.2025-ref._ple.28.2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/parecer_40.2025-ref._pll.20.2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/parecer_41.2025-ref._pdl.02.2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4060/parecer_42.2025-ref._ple.29.2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4061/parecer_43.2025-ref._ple.29.2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4062/parecer_44.2025-ref._ple.32.2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4063/parecer_45.2025-ref._ple.33.2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4064/parecer_46.2025-ref._ple.35.2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4065/parecer_47.2025-ref._ple.35.2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4066/parecer_48.2025-ref._ple.36.2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4067/parecer_50.2025-ref._ple.38.2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4068/parecer_52.2025-ref._ple.40.2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4069/parecer_53.2025-ref._pll.21.2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4070/parecer_54.2025-ref._pll.22.2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4071/parecer_55.2025-ref._pll.24.2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/parecer_56.2025-ref._pll.06.2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4073/parecer_58.2025-ref._pll.23.2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4074/parecer_61.2025-ref._ple.34.2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/parecer_62.2025-ref._pr.04.2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/parecer_63.2025-ref._pelom.01.2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/parecer_64.2025-ref._ple.41.2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/parecer_65.2025-ref._ple.39.2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/parecer_66.2025-ref._pll.32.2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/parecer_67.2025-ref._pdl.03.2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4038/parecer_68.2025-ref._pll.28.2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4039/parecer_69.2025-ref._pll.29.2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/parecer_70.2025-ref._pll.30.2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/parecer_71.2025-ref._pll.31.2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/parecer_72.2025-ref._ple.44.2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/parecer_73.2025-ref._ple.42.2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/parecer_75.2025-ref._ple.43.2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/parecer_76.2025-ref._ple.47.2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/parecer_77.2025-ref._ple.49.2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_78.2025-ref._ple.45.2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_79.2025-ref._pll.34.2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_80.2025-ref._pll.36.2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_81.2025-ref._pll.37.2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_82.2025-ref._pll.33.2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/parecer_83.2025-ref._pll.35.2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_84.2025-ref._ple.50.2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_85.2025-ref._pll.38.2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4132/parecer_88.2025-ref._ple.48.2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4133/parecer_89.2025-ref._ple.51.2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4134/parecer_90.2025-ref._ple.52.2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4155/parecer_91.2025-ref._ple.53.2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4156/parecer_92.2025-ref._ple.46.2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4157/parecer_93.2025-ref._pll.39.2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4158/parecer_94.2025-ref._ple.57.2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4159/parecer_98.2025-ref._pll.41.2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4160/parecer_99.2025-ref._ple.58.2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4161/parecer_100.2025-ref._veto.pll.28.2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4162/parecer_101.2025-ref._veto.pll.29.2025.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4163/parecer_102.2025-ref._ple.62.2025.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4164/parecer_103.2025-ref._pll.43.2025.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4165/parecer_104.2025-ref._ple.63.2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4166/parecer_106.2025-ref._pll.42.2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4167/parecer_109.2025-ref._pll.44.2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4168/parecer_110.2025-ref._pll.45.2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4169/parecer_111.2025-ref._ple.55.2025-loa.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4170/parecer_112.2025-ref._ple.65.2025.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4171/parecer_113.2025-ref._veto.pll.33.2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4172/parecer_114.2025-ref._pll.25.2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/emenda_01.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3624/indicacao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3625/indicacao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3626/indicacao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3627/indicacao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3628/indicacao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3629/indicacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3630/indicacao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3631/indicacao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3638/indicacao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3639/indicacao_10.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3640/indicacao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3643/indicacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3644/indicacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3645/indicacao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3687/indicacao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3688/indicacao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3689/indicacao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3690/indicacao_20.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3691/indicacao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3692/indicacao_22.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3693/indicacao_23.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3694/indicacao_24.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3695/indicacao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3696/indicacao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3698/indicacao_28.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3699/indicacao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3700/indicacao_30.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3701/indicacao_31.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3702/indicacao_32.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3703/indicacao_33.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3704/indicacao_34.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3705/indicacao_35.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3706/indicacao_36.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3707/indicacao_37.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3708/indicacao_38.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3709/indicacao_39.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3710/indicacao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3711/indicacao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3712/indicacao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3713/indicacao_43.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3714/indicacao_44.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3715/indicacao_45.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3716/indicacao_46.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3717/indicacao_47.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3718/indicacao_48.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3719/indicacao_49.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3720/indicacao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3721/indicacao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3722/indicacao_52.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3723/indicacao_53.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3724/indicacao_54.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3725/indicacao_55.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3726/indicacao_56.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3727/indicacao_57.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3728/indicacao_58.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3729/indicacao_59.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3730/indicacao_60.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3800/indicacao_61.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3801/indicacao_62.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3802/indicacao_63.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3803/indicacao_64.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3804/indicacao_65.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3820/indicacao_66.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3828/indicacao_67.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3849/indicacao_68.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3850/indicacao_69.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3949/indicacao_70.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3950/indicacao_71.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3851/indicacao_72.2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3852/indicacao_73.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3858/indicacao_74.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3859/indicacao_75.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3872/indicacao_76.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3873/indicacao_77.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3874/indicacao_78.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3875/indicacao_79.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3876/indicacao_80.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3877/indicacao_81.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3878/indicacao_82.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3879/indicacao_83.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3880/indicacao_84.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3881/indicacao_85.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3882/indicacao_86.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3908/indicacao_87.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3909/indicacao_88.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3910/indicacao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3922/indicacao_90.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3923/indicacao_91.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3924/indicacao_92.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3925/indicacao_93.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3926/indicacao_94.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3927/indicacao_95.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3928/indicacao_96.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3930/indicacao_98.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3952/indicacao_99.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3968/indicacao_100.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3969/indicacao_101.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3970/indicacao_102.2025_1.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3971/indicacao_103.2025_1.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3991/indicacao_104.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3992/indicacao_105.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3993/indicacao_106.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4081/indicacao_107.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4082/indicacao_108.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4083/indicacao_109.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4103/indicacao_110.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4104/indicacao_111.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4105/indicacao_112.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4106/indicacao_113.2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4137/indicacao_114.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4138/indicacao_115.2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4139/indicacao_116.2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4140/indicacao_117.2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3632/mocao_01.2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3633/mocao_02.2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3634/mocao_03.2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3646/mocao_04.2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3647/mocao_05.2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3648/mocao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3649/mocao_07.2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3680/mocao_08.2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3731/mocao_09.2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3732/mocao_10.2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3733/mocao_11.2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3734/mocao_12.2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3735/mocao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3736/mocao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3737/mocao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3738/mocao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3739/mocao_17.2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3740/mocao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3741/mocao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3742/mocao_20.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3743/mocao_21.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3744/mocao_22.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3745/mocao_23.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3805/mocao_24.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3806/mocao_25.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3807/mocao_26.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3808/mocao_27.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3809/mocao_28.2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3821/mocao_29.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3829/mocao_31.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3830/mocao_32.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3831/mocao_33.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3832/mocao_34.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3833/mocao_35.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3834/mocao_36.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3835/mocao_37.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3836/mocao_38.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3837/mocao_39.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3838/mocao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3839/mocao_41.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3840/mocao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3860/mocao_43.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3861/mocao_44.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3862/mocao_45.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3883/mocao_46.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3884/mocao_47.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3885/mocao_48.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3886/mocao_49.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3887/mocao_50.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3888/mocao_51.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3889/mocao_52.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3890/mocao_53.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3891/mocao_54.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3892/mocao_55.2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3893/mocao_56.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3894/mocao_57.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3895/mocao_58.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3951/mocao_59.2025_0001.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3896/mocao_60.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3897/mocao_61.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3898/mocao_62.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3899/mocao_63.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3911/mocao_64.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3931/mocao_65.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3932/mocao_66.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3933/mocao_67.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3934/mocao_68.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3935/mocao_69.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3957/mocao_70.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3994/mocao_71.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3995/mocao_72.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4084/mocao_73.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4085/mocao_74.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4086/mocao_75.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4087/mocao_76.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4088/mocao_77.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4093/mocao_79.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4107/mocao_80.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4108/mocao_81.2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4109/mocao_82.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4110/mocao_83.2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4111/mocao_84.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4141/mocao_85.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4142/mocao_86.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4143/mocao_87.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4144/mocao_88.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4145/mocao_89.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4146/mocao_90.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4147/mocao_91.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4148/mocao_92.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4149/mocao_93.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4150/mocao_94.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3812/pdl_01.2025-cidadao_baririense_roberto_a._lucena.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3813/pdl_02.2025-cidada_baririense_dinora_musegante.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3912/pdl_03.2025-premio_zumbi.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3900/p.e.l.o.m_01-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3753/plc_01-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3551/ple_01.2025-massa_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3552/ple_02.2025-altera_lei_4565.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3553/ple_03.2025-altera_lei_4565.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3590/ple_04.2025-revisao_anual.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3591/ple_05.2025-altera_lei_3801.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3592/ple_06.2025-nova_redacao_lei_2818.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3593/ple_07.2025-.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3594/ple_08.2025-.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3595/ple_09.2025-.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3596/ple_10.2025-.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3597/ple_11.2025-.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3598/ple_12.2025-.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3599/ple_13.2025-.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3600/ple_14.2025-.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3601/ple_15.2025-.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3602/ple_16.2025-.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3665/ple_17.2025-.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3666/ple_18-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3667/ple_19-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3746/ple_20-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3747/ple_21-2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3748/ple_22.2025-credtido_especial.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3749/ple_23-2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3750/ple_24-2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3751/ple_25-2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3752/ple_26-2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3810/ple_27-2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3811/ple_28-2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3841/ple_29-2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3842/ple_30-2025-ldo_2026_anexos.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3843/ple_31-2025-ppa_anexos.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3844/ple_32-2025-.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3845/ple_33-2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3855/ple_34-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3856/ple_35-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3857/ple_36-2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3864/ple_37-2025-ppps.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3868/ple_38-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3869/ple_39-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3870/ple_40-2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3871/ple_41-2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3936/ple_42-2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3937/ple_43-2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3938/ple_44-2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3939/ple_45-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3958/ple_46-2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3959/ple_47-2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3960/ple_48-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3961/ple_49-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3972/ple_50.2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3977/ple_51-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3978/ple_52-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3979/ple_53-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3982/ple_54-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3983/ple_55-2025-loa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3984/ple_56-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3985/ple_57-2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4077/ple_58-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4076/ple_59-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4078/ple_60-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4112/ple_61-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4113/ple_62-2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4114/ple_63-2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4115/ple_64-2025.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4135/ple_65-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3603/pll_01.2025-.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3604/pll_02.2025-.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3605/pll_03.2025-.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3606/pll_04.2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3607/pll_05.2025-.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3668/pll_06-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3669/pll_07-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3670/pll_08-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3671/pll_09-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3686/pll_10-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3754/pll_11-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3755/pll_12-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3756/pll_13-2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3757/pll_14-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3758/pll_15-2025.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3759/pll_16-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3760/pll_17-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3761/pll_18-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3823/pll_19-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3824/pll_20-2025.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3825/pll_21-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3826/pll_22-2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3865/pll_23-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3866/pll_24-2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3867/pll_25-2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3906/pll_26-2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3907/pll_27-2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3913/pll_28-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3940/pll_29-2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3941/pll_30-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3942/pll_31.2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3943/pll_32.2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3962/pll_33.2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3963/pll_34.2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3964/pll_35.2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3965/pll_36.2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3966/pll_37.2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3973/pll_38.2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3974/pll_39.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4079/pll_40.2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4080/pll_41.2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4116/pll_42.2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4117/pll_43.2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4118/pll_44.2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4119/pll_45.2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4136/pll_46.2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3608/pr_01_2025-.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3609/pr_02_2025-.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3762/pr_03_2025-.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3763/pr_04_2025-.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3863/pr_05_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3610/req_01.2025-.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3636/req_02.2025-.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3637/req_03.2025-.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3611/req_04.2025-.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3612/req_05.2025-.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3613/req_06.2025-.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3614/req_07.2025-.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3615/req_08.2025-.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3616/req_09.2025-.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3617/req_10.2025-.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3618/req_11.2025-.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3619/req_12.2025-.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3620/req_13.2025-.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3621/req_14.2025-.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3622/req_15.2025-.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3623/req_16.2025-.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3635/req_17.2025-.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3650/req_18.2025-.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3651/req_19.2025-.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3652/req_20.2025-.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3653/req_21.2025-.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3654/req_22.2025-.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3655/req_23.2025-.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3657/req_25.2025-.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3658/req_26.2025-.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3659/req_27.2025-.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3660/req_28.2025-.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3661/req_29.2025-.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3662/req_30.2025-.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3663/req_31.2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3664/req_32.2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3672/req_33.2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3673/req_34.2025.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3674/req_35.2025.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3675/req_36.2025.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3676/req_37.2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3677/req_38.2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3678/req_39.2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3679/req_40.2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3681/req_41.2025-.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3682/req_42.2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3683/req_43.2025-.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3684/req_44.2025-.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3685/req_45.2025-.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3764/req_46.2025-.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3765/req_47.2025-.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3766/req_48.2025-.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3767/req_49.2025-.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3768/req_50.2025-.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3769/req_51.2025-.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3770/req_52.2025-.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3771/req_53.2025-.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3772/req_54.2025-.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3774/req_56.2025-.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3775/req_57.2025-.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3776/req_58.2025-.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3778/req_59.2025-.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3779/req_60.2025-.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3780/req_61.2025-.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3781/req_62.2025-.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3782/req_63.2025-.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3783/req_64.2025-.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3784/req_65.2025-.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3785/req_66.2025-.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3786/req_67.2025-.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3787/req_68.2025-.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3788/req_69.2025-.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3789/req_70.2025-.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3790/req_71.2025-.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3791/req_72.2025-.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3792/req_73.2025-.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3793/req_74.2025-.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3794/req_75.2025-.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3795/req_76.2025-.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3796/req_77.2025-.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3797/req_78.2025-.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3798/req_79.2025-.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3799/req_80.2025.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3814/req_81.2025.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3815/req_82.2025.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3816/req_83.2025.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3817/req_84.2025.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3818/req_85.2025.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3819/req_86.2025.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3827/req_87.2025.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3846/req_88.2025.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3847/req_89.2025.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3848/req_90.2025.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3854/req_92.2025.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3901/req_93.2025.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3902/req_94.2025.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3903/req_95.2025.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3904/req_96.2025.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3905/req_97.2025.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3914/req_98.2025.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3915/req_99.2025.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3916/req_100.2025.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3917/req_101.2025.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3918/req_102.2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3919/req_103.2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3920/req_104.2025.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3921/req_105.2025.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3944/req_106.2025.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3945/req_107.2025.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3946/req_108.2025.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3947/req_109.2025.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3948/req_110.2025.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3953/req_111.2025.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3954/req_112.2025.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3955/req_113.2025.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3999/req_115.2025-retira_pll.26.2025.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3975/req_116.2025.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3976/req_117.2025.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3980/req_118.2025.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3981/req_119.2025.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3986/req_120.2025.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3987/req_121.2025.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3988/req_122.2025.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3989/req_123.2025.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3990/req_124.2025.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3996/req_125.2025.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3997/req_126.2025.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3998/req_127.2025.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4094/req_129.2025.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4095/req_130.2025.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4096/req_131.2025.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4097/req_132.2025.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4098/req_133.2025.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4099/req_134.2025.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4100/req_135.2025.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4101/req_136.2025.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4102/req_137.2025.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4120/req_138.2025.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4121/req_139.2025.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4122/req_140.2025.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4123/req_141.2025.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4124/req_142.2025.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4125/req_144.2025.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4126/req_145.2025.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4127/req_146.2025.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4128/req_147.2025.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4151/req_148.2025.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4152/req_149.2025.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4153/req_150.2025.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4154/req_151.2025.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4091/veto_01_pll_01-2025.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4089/veto_02_pll_28-2025.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4090/veto_03_pll_29-2025.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4129/veto_04_pll_37-2025.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4130/veto_05_pll_33-2025.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3967/parecer_01.2025-ref._ple01.2025.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4000/parecer_02.2025-ref._ple.03.2025.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4001/parecer_03.2025-ref._ple.04.2025.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4002/parecer_04.2025-ref._ple.05.2025.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4003/parecer_05.2025-ref._ple.07.2025.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4004/parecer_06.2025-ref._ple.15.2025.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4005/parecer_07.2025-ref._ple.16.2025.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4006/parecer_08.2025-ref._pll.01.2025.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4007/parecer_09.2025-ref._pll.02.2025.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4008/parecer_10.2025-ref._pll.03.2025.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4009/parecer_11.2025-ref._pr.01.2025.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4010/parecer_12.2025-ref._pr.02.2025.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4011/parecer_13.2025-ref._ple.09.2025.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4054/parecer_14.2025-ref._pll.04.2025.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4012/parecer_15.2025-ref._ple.06.2025.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4055/parecer_17.2025-ref._ple.10.2025.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4056/parecer_18.2025-ref._ple.08.2025.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4057/parecer_19.2025-ref._ple.11.2025.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4013/parecer_20.2025-ref._ple.14.2025.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4014/parecer_21.2025-ref._ple.13.2025.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4015/parecer_22.2025-ref._ple.18.2025.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4016/parecer_23.2025-ref._pll08.2025.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4017/parecer_24.2025-ref._ple.19.2025.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4018/parecer_25.2025-ref._pll.10.2025.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4019/parecer_26.2025-ref._pll.11.2025.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4075/parecer_27.2025-ref._ple.20.2025.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4020/parecer_28.2025-ref._ple.21.2025.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4021/parecer_29.2025-ref._plce.01.2025.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4022/parecer_30.2025-ref._pdl.01.2025.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4058/parecer_31.2025-ref._pll.14.2025.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4023/parecer_32.2025-ref._pll.17.2025.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4024/parecer_33.2025-ref._pll.16.2025.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4025/parecer_34.2025-ref._pll.18.2025.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4026/parecer_36.2025-ref._ple.25.2025.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4027/parecer_37.2025-ref.ple.26.2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4028/parecer_38.2025-ref._ple.27.2025.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4059/parecer_39.2025-ref._ple.28.2025.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4029/parecer_40.2025-ref._pll.20.2025.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4030/parecer_41.2025-ref._pdl.02.2025.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4060/parecer_42.2025-ref._ple.29.2025.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4061/parecer_43.2025-ref._ple.29.2025.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4062/parecer_44.2025-ref._ple.32.2025.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4063/parecer_45.2025-ref._ple.33.2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4064/parecer_46.2025-ref._ple.35.2025.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4065/parecer_47.2025-ref._ple.35.2025.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4066/parecer_48.2025-ref._ple.36.2025.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4067/parecer_50.2025-ref._ple.38.2025.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4068/parecer_52.2025-ref._ple.40.2025.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4069/parecer_53.2025-ref._pll.21.2025.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4070/parecer_54.2025-ref._pll.22.2025.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4071/parecer_55.2025-ref._pll.24.2025.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4031/parecer_56.2025-ref._pll.06.2025.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4073/parecer_58.2025-ref._pll.23.2025.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4074/parecer_61.2025-ref._ple.34.2025.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4032/parecer_62.2025-ref._pr.04.2025.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4033/parecer_63.2025-ref._pelom.01.2025.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4034/parecer_64.2025-ref._ple.41.2025-substitutivo.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4035/parecer_65.2025-ref._ple.39.2025.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4036/parecer_66.2025-ref._pll.32.2025.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4037/parecer_67.2025-ref._pdl.03.2025.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4038/parecer_68.2025-ref._pll.28.2025.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4039/parecer_69.2025-ref._pll.29.2025.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4040/parecer_70.2025-ref._pll.30.2025.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4041/parecer_71.2025-ref._pll.31.2025.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4042/parecer_72.2025-ref._ple.44.2025.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4043/parecer_73.2025-ref._ple.42.2025.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4044/parecer_75.2025-ref._ple.43.2025.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4045/parecer_76.2025-ref._ple.47.2025.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4046/parecer_77.2025-ref._ple.49.2025.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4047/parecer_78.2025-ref._ple.45.2025.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4048/parecer_79.2025-ref._pll.34.2025.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4049/parecer_80.2025-ref._pll.36.2025.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4050/parecer_81.2025-ref._pll.37.2025.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4051/parecer_82.2025-ref._pll.33.2025.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4052/parecer_83.2025-ref._pll.35.2025.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4053/parecer_84.2025-ref._ple.50.2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4131/parecer_85.2025-ref._pll.38.2025.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4132/parecer_88.2025-ref._ple.48.2025.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4133/parecer_89.2025-ref._ple.51.2025.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4134/parecer_90.2025-ref._ple.52.2025.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4155/parecer_91.2025-ref._ple.53.2025.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4156/parecer_92.2025-ref._ple.46.2025.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4157/parecer_93.2025-ref._pll.39.2025.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4158/parecer_94.2025-ref._ple.57.2025.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4159/parecer_98.2025-ref._pll.41.2025.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4160/parecer_99.2025-ref._ple.58.2025.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4161/parecer_100.2025-ref._veto.pll.28.2025.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4162/parecer_101.2025-ref._veto.pll.29.2025.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4163/parecer_102.2025-ref._ple.62.2025.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4164/parecer_103.2025-ref._pll.43.2025.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4165/parecer_104.2025-ref._ple.63.2025.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4166/parecer_106.2025-ref._pll.42.2025.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4254/parecer_107.2025-ref._ple.64.2025.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4167/parecer_109.2025-ref._pll.44.2025.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4168/parecer_110.2025-ref._pll.45.2025.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4169/parecer_111.2025-ref._ple.55.2025-loa.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4170/parecer_112.2025-ref._ple.65.2025.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4171/parecer_113.2025-ref._veto.pll.33.2025.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4172/parecer_114.2025-ref._pll.25.2025.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/3777/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4173/emenda_imp._01.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4174/emenda_imp._02.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4175/emenda_imp._03.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4176/emenda_imp._04.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4177/emenda_imp._05.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4178/emenda_imp._06.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4179/emenda_imp._07.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4180/emenda_imp._08.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4181/emenda_imp._09.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4182/emenda_imp._10.2025_-_laudenir_leonel.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4183/emenda_imp._11.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4184/emenda_imp._12.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4185/emenda_imp._13.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4186/emenda_imp._14.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4187/emenda_imp._15.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4188/emenda_imp._16.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4189/emenda_imp._17.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4190/emenda_imp._18.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4191/emenda_imp._19.2025_-_daniel_oliveira_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4192/emenda_imp._20.2025_-_roni_paulo_romao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4193/emenda_imp._21.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4194/emenda_imp._22.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4195/emenda_imp._23.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4196/emenda_imp._24.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4197/emenda_imp._25.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4198/emenda_imp._26.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4199/emenda_imp._27.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4200/emenda_imp._28.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4201/emenda_imp._29.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4202/emenda_imp._30.2025_-_aline_mazo_prearo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4203/emenda_imp._31.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4204/emenda_imp._32.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4205/emenda_imp._33.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4206/emenda_imp._34.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4207/emenda_imp._35.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4209/emenda_imp._37.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4210/emenda_imp._38.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4211/emenda_imp._39.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4212/emenda_imp._40.2025_-_ricardo_prearo.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4213/emenda_imp._41.2025_-_francisco_leandro_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4214/emenda_imp._42.2025_-_francisco_leandro_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4215/emenda_imp._43.2025_-_francisco_leandro_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4216/emenda_imp._44.2025_-_francisco_leandro_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4217/emenda_imp._45.2025_-_francisco_leandro_gonzalez.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4218/emenda_imp._46.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4219/emenda_imp._47.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4220/emenda_imp._48.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4221/emenda_imp._49.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4222/emenda_imp._50.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4223/emenda_imp._51.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4224/emenda_imp._52.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4225/emenda_imp._53.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4226/emenda_imp._54.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4227/emenda_imp._55.2025_-_priscila_domingos.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4228/emenda_imp._56.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4229/emenda_imp._57.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4230/emenda_imp._58.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4231/emenda_imp._59.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4232/emenda_imp._60.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4233/emenda_imp._61.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4240/emenda_imp._62.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4241/emenda_imp._63.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4242/emenda_imp._64.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4243/emenda_imp._65.2025_-rubens_pereira_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4244/emenda_imp._66.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4245/emenda_imp._66.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4246/emenda_imp._68.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4247/emenda_imp._69.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4248/emenda_imp._70.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4249/emenda_imp._71.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4250/emenda_imp._72.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4251/emenda_imp._73.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4252/emenda_imp._74.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bariri.sp.leg.br/media/sapl/public/materialegislativa/2025/4253/emenda_imp._75.2025_-_paulo_fernando_crepaldi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H587"/>
+  <dimension ref="A1:H663"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="46" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="188.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -21664,222 +22333,2198 @@
       </c>
       <c r="D580" t="s">
         <v>1643</v>
       </c>
       <c r="E580" t="s">
         <v>1644</v>
       </c>
       <c r="F580" t="s">
         <v>1657</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>1921</v>
       </c>
       <c r="H580" t="s">
         <v>1922</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>1923</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>451</v>
+        <v>443</v>
       </c>
       <c r="D581" t="s">
         <v>1643</v>
       </c>
       <c r="E581" t="s">
         <v>1644</v>
       </c>
       <c r="F581" t="s">
         <v>1657</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>1924</v>
       </c>
       <c r="H581" t="s">
         <v>1925</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>1926</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="D582" t="s">
         <v>1643</v>
       </c>
       <c r="E582" t="s">
         <v>1644</v>
       </c>
       <c r="F582" t="s">
         <v>1657</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>1927</v>
       </c>
       <c r="H582" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>1929</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D583" t="s">
         <v>1643</v>
       </c>
       <c r="E583" t="s">
         <v>1644</v>
       </c>
       <c r="F583" t="s">
         <v>1657</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>1930</v>
       </c>
       <c r="H583" t="s">
         <v>1931</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>1932</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="D584" t="s">
         <v>1643</v>
       </c>
       <c r="E584" t="s">
         <v>1644</v>
       </c>
       <c r="F584" t="s">
         <v>1657</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>1933</v>
       </c>
       <c r="H584" t="s">
         <v>1934</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>1935</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="D585" t="s">
         <v>1643</v>
       </c>
       <c r="E585" t="s">
         <v>1644</v>
       </c>
       <c r="F585" t="s">
         <v>1657</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>1936</v>
       </c>
       <c r="H585" t="s">
         <v>1937</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>1938</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D586" t="s">
         <v>1643</v>
       </c>
       <c r="E586" t="s">
         <v>1644</v>
       </c>
       <c r="F586" t="s">
         <v>1657</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>1939</v>
       </c>
       <c r="H586" t="s">
         <v>1940</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>1941</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
+        <v>472</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E587" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F587" t="s">
+        <v>1657</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>1942</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
         <v>10</v>
       </c>
-      <c r="D587" t="s">
-[...5 lines deleted...]
-      <c r="F587" t="s">
+      <c r="D588" t="s">
+        <v>1945</v>
+      </c>
+      <c r="E588" t="s">
+        <v>1946</v>
+      </c>
+      <c r="F588" t="s">
         <v>514</v>
       </c>
-      <c r="G587" s="1" t="s">
-[...3 lines deleted...]
-        <v>1945</v>
+      <c r="G588" s="1" t="s">
+        <v>1947</v>
+      </c>
+      <c r="H588" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>10</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E589" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F589" t="s">
+        <v>250</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>1952</v>
+      </c>
+      <c r="H589" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>17</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E590" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F590" t="s">
+        <v>250</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>1955</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>22</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E591" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F591" t="s">
+        <v>250</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H591" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>27</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E592" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F592" t="s">
+        <v>250</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>32</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E593" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F593" t="s">
+        <v>250</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H593" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>36</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E594" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F594" t="s">
+        <v>250</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>1967</v>
+      </c>
+      <c r="H594" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>40</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E595" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F595" t="s">
+        <v>250</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>1970</v>
+      </c>
+      <c r="H595" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>44</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E596" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F596" t="s">
+        <v>250</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H596" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>48</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E597" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F597" t="s">
+        <v>250</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>52</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E598" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F598" t="s">
+        <v>250</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H598" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>56</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E599" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F599" t="s">
+        <v>121</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>60</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E600" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F600" t="s">
+        <v>121</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H600" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1986</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>64</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E601" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F601" t="s">
+        <v>121</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H601" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1989</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>67</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E602" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F602" t="s">
+        <v>121</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>1990</v>
+      </c>
+      <c r="H602" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>71</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E603" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F603" t="s">
+        <v>121</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>75</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E604" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F604" t="s">
+        <v>121</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>1995</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1997</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>79</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E605" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F605" t="s">
+        <v>121</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H605" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2000</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>83</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E606" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F606" t="s">
+        <v>121</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H606" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>87</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E607" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F607" t="s">
+        <v>121</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>92</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E608" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F608" t="s">
+        <v>368</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>96</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E609" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F609" t="s">
+        <v>13</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>100</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E610" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F610" t="s">
+        <v>13</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2011</v>
+      </c>
+      <c r="H610" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2012</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>104</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E611" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F611" t="s">
+        <v>13</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>108</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E612" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F612" t="s">
+        <v>13</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2018</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>112</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E613" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F613" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2019</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>116</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E614" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F614" t="s">
+        <v>13</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2022</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>120</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E615" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F615" t="s">
+        <v>13</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>124</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E616" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F616" t="s">
+        <v>13</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>128</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E617" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F617" t="s">
+        <v>13</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H617" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>132</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E618" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F618" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>136</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E619" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F619" t="s">
+        <v>18</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>140</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E620" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F620" t="s">
+        <v>18</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2039</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>144</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E621" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F621" t="s">
+        <v>18</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2042</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>148</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E622" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F622" t="s">
+        <v>18</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>152</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E623" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F623" t="s">
+        <v>18</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>156</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E624" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F624" t="s">
+        <v>18</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2052</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>160</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E625" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F625" t="s">
+        <v>18</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>164</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E626" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F626" t="s">
+        <v>18</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2056</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2058</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>168</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E627" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F627" t="s">
+        <v>18</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2059</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>172</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E628" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F628" t="s">
+        <v>18</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>176</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E629" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F629" t="s">
+        <v>514</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>180</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E630" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F630" t="s">
+        <v>514</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2068</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>184</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E631" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F631" t="s">
+        <v>514</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>188</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E632" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F632" t="s">
+        <v>514</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>192</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E633" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F633" t="s">
+        <v>514</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>197</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E634" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F634" t="s">
+        <v>464</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2082</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>201</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E635" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F635" t="s">
+        <v>464</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>205</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E636" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F636" t="s">
+        <v>464</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>209</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E637" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F637" t="s">
+        <v>464</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>213</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E638" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F638" t="s">
+        <v>464</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>217</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E639" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F639" t="s">
+        <v>464</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>221</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E640" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F640" t="s">
+        <v>464</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>2098</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>2100</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>225</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E641" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F641" t="s">
+        <v>464</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>229</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E642" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F642" t="s">
+        <v>464</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>2106</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>233</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E643" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F643" t="s">
+        <v>464</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>2107</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>237</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E644" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F644" t="s">
+        <v>193</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>2112</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>241</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E645" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F645" t="s">
+        <v>193</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>245</v>
+      </c>
+      <c r="D646" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E646" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F646" t="s">
+        <v>193</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2116</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>249</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E647" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F647" t="s">
+        <v>193</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2119</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>254</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E648" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F648" t="s">
+        <v>193</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>2124</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>258</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E649" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F649" t="s">
+        <v>193</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>262</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E650" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F650" t="s">
+        <v>193</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2128</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>266</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E651" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F651" t="s">
+        <v>193</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>270</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E652" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F652" t="s">
+        <v>193</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>274</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E653" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F653" t="s">
+        <v>193</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>278</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E654" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F654" t="s">
+        <v>287</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2140</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>282</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E655" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F655" t="s">
+        <v>287</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2143</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>286</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E656" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F656" t="s">
+        <v>287</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2148</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>291</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E657" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F657" t="s">
+        <v>287</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>295</v>
+      </c>
+      <c r="D658" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E658" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F658" t="s">
+        <v>287</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2152</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2154</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>299</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E659" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F659" t="s">
+        <v>287</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2155</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2157</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>303</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E660" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F660" t="s">
+        <v>287</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2158</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2160</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>307</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E661" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F661" t="s">
+        <v>287</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>311</v>
+      </c>
+      <c r="D662" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E662" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F662" t="s">
+        <v>287</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>315</v>
+      </c>
+      <c r="D663" t="s">
+        <v>1950</v>
+      </c>
+      <c r="E663" t="s">
+        <v>1951</v>
+      </c>
+      <c r="F663" t="s">
+        <v>287</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2167</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2168</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -22426,50 +25071,126 @@
     <hyperlink ref="G563" r:id="rId562"/>
     <hyperlink ref="G564" r:id="rId563"/>
     <hyperlink ref="G565" r:id="rId564"/>
     <hyperlink ref="G566" r:id="rId565"/>
     <hyperlink ref="G567" r:id="rId566"/>
     <hyperlink ref="G568" r:id="rId567"/>
     <hyperlink ref="G569" r:id="rId568"/>
     <hyperlink ref="G570" r:id="rId569"/>
     <hyperlink ref="G571" r:id="rId570"/>
     <hyperlink ref="G572" r:id="rId571"/>
     <hyperlink ref="G573" r:id="rId572"/>
     <hyperlink ref="G574" r:id="rId573"/>
     <hyperlink ref="G575" r:id="rId574"/>
     <hyperlink ref="G576" r:id="rId575"/>
     <hyperlink ref="G577" r:id="rId576"/>
     <hyperlink ref="G578" r:id="rId577"/>
     <hyperlink ref="G579" r:id="rId578"/>
     <hyperlink ref="G580" r:id="rId579"/>
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
     <hyperlink ref="G586" r:id="rId585"/>
     <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>